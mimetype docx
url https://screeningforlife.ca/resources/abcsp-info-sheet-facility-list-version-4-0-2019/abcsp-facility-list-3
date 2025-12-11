--- v0 (2025-10-19)
+++ v1 (2025-12-11)
@@ -1894,191 +1894,185 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="0049DA5F" w14:textId="77777777" w:rsidTr="00566D19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4A9C77EB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Devon X-Ray Clinic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6FB15D4B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">102, 106 Erie Street South </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0254E7CF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Devon</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0E4D907F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T9G 1A7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="50AD16A1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 987 – 3900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="1B49FBB4" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.devonxray.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
@@ -6245,2244 +6239,2238 @@
           <w:p w14:paraId="4D9F3263" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="014A85C2" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="2EEFCB95" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59C8D23D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Medical Imaging Consultants – Manning Town Centre</w:t>
+          <w:p w14:paraId="61B841DF" w14:textId="19CB70C9" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Medical Imaging Consultants – Lakewood</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08364767" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>15425 – 37 Street NW</w:t>
+          <w:p w14:paraId="74C3FD46" w14:textId="44346252" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>201, 7319 – 29 /Avenue NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="255DFAB5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00593493">
+          <w:p w14:paraId="1DD84A89" w14:textId="178BC8F8" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2167C5C0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T5Y 0S5</w:t>
+          <w:p w14:paraId="0DB03706" w14:textId="05146993" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T6K 2P1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="251A21FB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>780 – 567 – 0537</w:t>
+          <w:p w14:paraId="3C3B9F12" w14:textId="123D8849" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 450 – 9729</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="76965BBE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...7 lines deleted...]
-              </w:rPr>
+          <w:p w14:paraId="565250BA" w14:textId="1BA8B74F" w:rsidR="004B6471" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="639F1187" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="014A85C2" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22FA0F29" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Medical Imaging Consultants – Namao 160</w:t>
+          <w:p w14:paraId="59C8D23D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Medical Imaging Consultants – Manning Town Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E246DC3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>209, 15961 – 97 Street NW</w:t>
+          <w:p w14:paraId="08364767" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>15425 – 37 Street NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0693BD54" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="255DFAB5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6CD2F589" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T5X 0C7</w:t>
+          <w:p w14:paraId="2167C5C0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T5Y 0S5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7422878C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
+          <w:p w14:paraId="251A21FB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 567 – 0537</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6BB6EC95" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="76965BBE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="0F964E4E" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="639F1187" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68705C8E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Medical Imaging Consultants – Southpointe</w:t>
+          <w:p w14:paraId="22FA0F29" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Medical Imaging Consultants – Namao 160</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="399B9EBC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Drive</w:t>
+          <w:p w14:paraId="6E246DC3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>209, 15961 – 97 Street NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22256266" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Fort Saskatchewan </w:t>
+          <w:p w14:paraId="0693BD54" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3C9D34" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T8L 0C5</w:t>
+          <w:p w14:paraId="6CD2F589" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T5X 0C7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23678592" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7422878C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="557BF5EC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6BB6EC95" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="5F98724F" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="0F964E4E" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1446CB93" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Medical Imaging Consultants – Sturgeon </w:t>
+          <w:p w14:paraId="68705C8E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Medical Imaging Consultants – Southpointe</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AFC7395" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>110, 625 St. Albert Trail</w:t>
+          <w:p w14:paraId="399B9EBC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">115, 9332 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Southfort</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Drive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41EB0946" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>St. Albert</w:t>
+          <w:p w14:paraId="22256266" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fort Saskatchewan </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70CF9CDE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T8N 3L3</w:t>
+          <w:p w14:paraId="0F3C9D34" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T8L 0C5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67C1D3B4" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="23678592" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="11E37F54" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="557BF5EC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="15F949B7" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="5F98724F" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="766634C3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Medical Imaging Consultants – Synergy Wellness Centre</w:t>
+          <w:p w14:paraId="1446CB93" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Medical Imaging Consultants – Sturgeon </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A03048A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">109, 501 Bethel Drive </w:t>
+          <w:p w14:paraId="7AFC7395" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>110, 625 St. Albert Trail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70D20AF4" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Sherwood Park</w:t>
+          <w:p w14:paraId="41EB0946" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>St. Albert</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44FB3744" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T8H 0N2</w:t>
+          <w:p w14:paraId="70CF9CDE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T8N 3L3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7483F2A8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="67C1D3B4" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="050117C3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="11E37F54" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="19926FCE" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="15F949B7" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="178DBBF6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="766634C3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>Medical Imaging Consultants – Tawa Centre</w:t>
+              <w:t>Medical Imaging Consultants – Synergy Wellness Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="337094F9" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">200, 3017 – 66 Street NW </w:t>
+          <w:p w14:paraId="4A03048A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">109, 501 Bethel Drive </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="010FEEAD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Edmonton</w:t>
+          <w:p w14:paraId="70D20AF4" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sherwood Park</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B440AA2" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T6K 4B2</w:t>
+          <w:p w14:paraId="44FB3744" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T8H 0N2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C58D400" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7483F2A8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="56C9DF90" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="050117C3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="35DCF665" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="35DCF665" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21D7F92B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="21D7F92B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Medical Imaging Consultants – Terra Losa</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="757EBD76" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="757EBD76" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">9566 – 170 Street NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A3745B7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1A3745B7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Edmonton </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="557A3C0B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="557A3C0B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T5T 5R5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D5E6589" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4D5E6589" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="396A160E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="396A160E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="53A311F9" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="53A311F9" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78E55C53" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="78E55C53" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Medical Imaging Consultants – Windermere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1213E1FA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1213E1FA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">201, 6103 Currents Drive NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD0F72F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1FD0F72F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EA784DE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2EA784DE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T6W 2Z4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BA0F45D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6BA0F45D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 450 – 1500 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="18CB8B13" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="18CB8B13" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00481A1B" w:rsidRPr="00593493" w14:paraId="62CEFD8D" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="62CEFD8D" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC060EC" w14:textId="27381031" w:rsidR="00481A1B" w:rsidRPr="00593493" w:rsidRDefault="00481A1B" w:rsidP="00593493">
+          <w:p w14:paraId="1BC060EC" w14:textId="27381031" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Medicine Place Imaging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E52EE5D" w14:textId="67CAE379" w:rsidR="00481A1B" w:rsidRPr="00593493" w:rsidRDefault="00481A1B" w:rsidP="00593493">
+          <w:p w14:paraId="3E52EE5D" w14:textId="67CAE379" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>13514 – 97 Street NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E8F3B35" w14:textId="2B52A983" w:rsidR="00481A1B" w:rsidRPr="00593493" w:rsidRDefault="00481A1B" w:rsidP="00593493">
+          <w:p w14:paraId="0E8F3B35" w14:textId="2B52A983" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27DF166E" w14:textId="15C73965" w:rsidR="00481A1B" w:rsidRPr="00593493" w:rsidRDefault="00A6328B" w:rsidP="00593493">
+          <w:p w14:paraId="27DF166E" w14:textId="15C73965" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T5E 4E2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="346C39F3" w14:textId="41E94BA9" w:rsidR="00481A1B" w:rsidRPr="00593493" w:rsidRDefault="00A6328B" w:rsidP="00593493">
+          <w:p w14:paraId="346C39F3" w14:textId="41E94BA9" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 540 – 7715</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="36F7FDC3" w14:textId="626C6F58" w:rsidR="00481A1B" w:rsidRPr="006D2CA1" w:rsidRDefault="00A6328B" w:rsidP="00593493">
+          <w:p w14:paraId="36F7FDC3" w14:textId="626C6F58" w:rsidR="004B6471" w:rsidRPr="006D2CA1" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r w:rsidRPr="006D2CA1">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0068BA" w:themeColor="text1" w:themeTint="BF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="16"/>
                   <w:u w:val="none"/>
                 </w:rPr>
                 <w:t>www.medicineplace.ca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="006D2CA1">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="0068BA" w:themeColor="text1" w:themeTint="BF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="0DBC3C57" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="0DBC3C57" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31F54E88" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="31F54E88" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Ross Creek Medical Imaging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AD27F6A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2AD27F6A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>103, 10101 – 86th Avenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="686ECE56" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="686ECE56" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fort Saskatchewan</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DEEA85B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7DEEA85B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T8L 4P4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47BDB992" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="47BDB992" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 998 – 9739</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="54850276" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="54850276" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.rosscreekxray.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="7E4316C9" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="7E4316C9" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0963966C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0963966C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Raydius</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Medical Inc.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8E6548" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4C8E6548" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">160 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -8492,10674 +8480,10643 @@
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Shopping Centre NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DD04FE7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0DD04FE7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B96151B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0B96151B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T6K 3L6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17B46B87" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="17B46B87" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 760 – 1933</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7F8DCECA" w14:textId="52C58708" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7F8DCECA" w14:textId="52C58708" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...7 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>raydius.ca</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-                <w:color w:val="0563C1"/>
-[...10 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="4571AA44" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4571AA44" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6ECE2383" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6ECE2383" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>The X-Ray Clinic at Northgate Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="75355A96" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="75355A96" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>2018, 9499 – 137 Avenue NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1AE13264" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1AE13264" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Edmonton</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C56F095" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4C56F095" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T5E 5R8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E585E31" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3E585E31" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 476 – 9729 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F226460" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId53" w:history="1">
+          <w:p w14:paraId="5F226460" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.thexrayclinic.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="71E3F5ED" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="71E3F5ED" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="37" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="14800" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="29EFDC52" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EFDC52" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="2F35CEDD" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="2F35CEDD" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:wAfter w:w="37" w:type="dxa"/>
           <w:trHeight w:val="144"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="14800" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="515E7185" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="515E7185" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C5006E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CALGARY AREA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="30FD4426" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="30FD4426" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E4DBC11" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3E4DBC11" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Beam Radiology – Trinity</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4734B277" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4734B277" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">340 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Na’a</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Common SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4BAF5459" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4BAF5459" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2043C15C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2043C15C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T3H 6A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="625DB6E5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="625DB6E5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>587 – 885 – 2988</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="403E4C2D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="403E4C2D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.beamradiology.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="4B1CD4B4" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4B1CD4B4" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F2C2B8F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7F2C2B8F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">CGA Medical Imaging - </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Westwinds</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C901145" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5C901145" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">140, 4774 </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Westwinds</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Drive NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DF37BE1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1DF37BE1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20E42B3A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="20E42B3A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T3J 0L7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6C5B044B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6C5B044B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">587 – 623 – 0900 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC0A23C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...177 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w14:paraId="7AC0A23C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.cgami.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="39A1D4A8" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="7E5BCCE3" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22D01402" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> – Chinook</w:t>
+          <w:p w14:paraId="2C18CF70" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>CGA Medical Imaging – High River</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="239C47CD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>1, 6020 – 1A Street SW</w:t>
+          <w:p w14:paraId="4EDAD18E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>309 – 1 Street SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7B4A5B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Calgary</w:t>
+          <w:p w14:paraId="3BA61492" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>High River</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DE05874" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2H 0G3</w:t>
+          <w:p w14:paraId="6D6FF2AA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T1V 1R3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62AE3A59" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 253 – 4666 </w:t>
+          <w:p w14:paraId="7ABD447D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>587 – 623 – 0900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="51014ADD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="49F95C6E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>www.canadadiagnostics.ca</w:t>
+                <w:t>www.cgami.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="525AF2D9" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="39A1D4A8" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1067F8BE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="22D01402" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Glenmore Landing</w:t>
+              <w:t xml:space="preserve"> – Chinook</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBE3DFA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>D270, 1600 – 90 Avenue SW</w:t>
+          <w:p w14:paraId="239C47CD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1, 6020 – 1A Street SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="405C9F6C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="3D7B4A5B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C5CD8F6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2V 5A8</w:t>
+          <w:p w14:paraId="3DE05874" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2H 0G3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50FC3054" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 252 – 5882 </w:t>
+          <w:p w14:paraId="62AE3A59" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 253 – 4666 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="75D6F3FC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="51014ADD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="4B33B48E" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="525AF2D9" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="062342AE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1067F8BE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Okotoks</w:t>
+              <w:t xml:space="preserve"> – Glenmore Landing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11C1CA81" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>141, 31 Southridge Drive</w:t>
+          <w:p w14:paraId="7FBE3DFA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>D270, 1600 – 90 Avenue SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="528280AB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Okotoks</w:t>
+          <w:p w14:paraId="405C9F6C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="738EF6BC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T1S 2N3</w:t>
+          <w:p w14:paraId="3C5CD8F6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2V 5A8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4E9C8999" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 995 – 2727 </w:t>
+          <w:p w14:paraId="50FC3054" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 252 – 5882 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="6657A3CC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="75D6F3FC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="405950BC" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4B33B48E" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="19A2978F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="062342AE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Pacific Place</w:t>
+              <w:t xml:space="preserve"> – Okotoks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D9D18FA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>959, 999 – 36 Street NE</w:t>
+          <w:p w14:paraId="11C1CA81" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>141, 31 Southridge Drive</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5ED3E1FF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Calgary</w:t>
+          <w:p w14:paraId="528280AB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Okotoks</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0191CFCD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2A 7X6</w:t>
+          <w:p w14:paraId="738EF6BC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T1S 2N3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51DDAEFB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>403 – 215 – 2900</w:t>
+          <w:p w14:paraId="4E9C8999" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 995 – 2727 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="408EC646" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="6657A3CC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="3981804D" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="405950BC" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7B05F4" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="19A2978F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Savanna</w:t>
+              <w:t xml:space="preserve"> – Pacific Place</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="33A02A52" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>8130, 5850 – 88 Avenue NE</w:t>
+          <w:p w14:paraId="0D9D18FA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>959, 999 – 36 Street NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22846CF9" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="5ED3E1FF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D55567C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3J 0Z7</w:t>
+          <w:p w14:paraId="0191CFCD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2A 7X6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE3BE91" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 212 – 7650 </w:t>
+          <w:p w14:paraId="51DDAEFB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 215 – 2900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0512B39F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="408EC646" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="6692132D" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3981804D" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3823E3E3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3D7B05F4" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Sunridge</w:t>
+              <w:t xml:space="preserve"> – Savanna</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53EA541B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>3, 2675 – 36 Street NE</w:t>
+          <w:p w14:paraId="33A02A52" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>8130, 5850 – 88 Avenue NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5FA96513" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="22846CF9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="00977EDF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T1X 6H6</w:t>
+          <w:p w14:paraId="4D55567C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3J 0Z7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EEAD2E1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 291 – 3315 </w:t>
+          <w:p w14:paraId="5DE3BE91" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 212 – 7650 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="21A8DF7A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="0512B39F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="12792D45" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6692132D" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CF6869C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3823E3E3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Symons Valley</w:t>
+              <w:t xml:space="preserve"> – Sunridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6896B94E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">32, 12192 Symons Valley Road NW </w:t>
+          <w:p w14:paraId="53EA541B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3, 2675 – 36 Street NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="794FCCBC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="5FA96513" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="056E3B9E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3P 0A3</w:t>
+          <w:p w14:paraId="00977EDF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T1X 6H6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70F1BE7D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>403 – 212 – 5640</w:t>
+          <w:p w14:paraId="4EEAD2E1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 291 – 3315 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0525B40E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="21A8DF7A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="352BE09A" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="12792D45" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4DCA5BAD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0CF6869C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – </w:t>
-[...11 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+              <w:t xml:space="preserve"> – Symons Valley</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672BCABF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>200A Stewart Green SW</w:t>
+          <w:p w14:paraId="6896B94E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">32, 12192 Symons Valley Road NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="160DE57E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="794FCCBC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2E29E007" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3H 3C8</w:t>
+          <w:p w14:paraId="056E3B9E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3P 0A3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17842A70" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 685 – 6175 </w:t>
+          <w:p w14:paraId="70F1BE7D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 212 – 5640</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="445CBF83" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="0525B40E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="26A81C50" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="352BE09A" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F544FE1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4DCA5BAD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Canada Diagnostic </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Centres</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> – Women’s Imaging Centre</w:t>
-            </w:r>
+              <w:t xml:space="preserve"> – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Westhills</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10896613" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">20 Richard Way SW </w:t>
+          <w:p w14:paraId="672BCABF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>200A Stewart Green SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="021D99C8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="160DE57E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44A14DF2" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3E 7M9</w:t>
+          <w:p w14:paraId="2E29E007" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3H 3C8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B3810E8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>403 – 685 – 3123</w:t>
+          <w:p w14:paraId="17842A70" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 685 – 6175 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="30ED9CE0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="445CBF83" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.canadadiagnostics.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="41B5E3DC" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="26A81C50" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A52E1DC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Canadian Radiology Centre</w:t>
+          <w:p w14:paraId="6F544FE1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Canada Diagnostic </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Centres</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Women’s Imaging Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78AF829F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Boulevard NE</w:t>
+          <w:p w14:paraId="10896613" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20 Richard Way SW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0032F577" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="021D99C8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3DFF98B1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2L 1N1</w:t>
+          <w:p w14:paraId="44A14DF2" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3E 7M9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="11919C91" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 475 – 3800 </w:t>
+          <w:p w14:paraId="7B3810E8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 685 – 3123</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="1A301582" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="30ED9CE0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>www.canadadiagnostics.ca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="41B5E3DC" w14:textId="77777777" w:rsidTr="00593493">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A52E1DC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Canadian Radiology Centre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78AF829F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">530, 6520 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Falconridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Boulevard NE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0032F577" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFF98B1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2L 1N1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11919C91" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 475 – 3800 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A301582" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.crcentre.ca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="321E22A9" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="321E22A9" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79F33B45" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="79F33B45" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">EFW Radiology – Airdrie </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0335C9CB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0335C9CB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">204, 836 – 1 Avenue NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="418B30CF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="418B30CF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Airdrie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13DC5AA8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="13DC5AA8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T4B 0V2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="078EA744" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="078EA744" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 541 – 1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="06B39314" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...175 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="06B39314" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.efwrad.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="13E44BCC" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4E30219F" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2786B744" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> Towne Square</w:t>
+          <w:p w14:paraId="4924704E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EFW Radiology – Advanced Medical Imaging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="763171C2" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Boulevard NW </w:t>
+          <w:p w14:paraId="15F5420C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">100, 2000 Veteran’s Place NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61E6194F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="7CF37470" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5365D306" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3K 2A8</w:t>
+          <w:p w14:paraId="22C6E1BA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3B 4N2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="045D7988" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="42CE6BEB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 541 – 1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="110BFC8C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="040EFDED" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.efwrad.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="2BEDE38C" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="13E44BCC" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="383C88C8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>EFW Radiology – Seton Clinic</w:t>
+          <w:p w14:paraId="2786B744" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EFW Radiology – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Beddington</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Towne Square</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="055838ED" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>212, 3883 Front Street SE</w:t>
+          <w:p w14:paraId="763171C2" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200, 8120 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Beddington</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Boulevard NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="248C8E87" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="61E6194F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F448DE3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3M 2J6</w:t>
+          <w:p w14:paraId="5365D306" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3K 2A8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="440403D3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="045D7988" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 541 – 1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69137EA1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="110BFC8C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.efwrad.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="34716474" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="2BEDE38C" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="603F2B67" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">EFW Radiology – Southport Atrium </w:t>
+          <w:p w14:paraId="383C88C8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>EFW Radiology – Seton Clinic</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7270FB70" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">A8, 10333 Southport Road SW </w:t>
+          <w:p w14:paraId="055838ED" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>212, 3883 Front Street SE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="736ADC8A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="248C8E87" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="659B86DA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2W 3X6</w:t>
+          <w:p w14:paraId="3F448DE3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3M 2J6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A91489E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="440403D3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 541 – 1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="529B8CB2" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="69137EA1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.efwrad.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="37A7C890" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="34716474" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D277D2B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...28 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w14:paraId="603F2B67" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EFW Radiology – Southport Atrium </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF9E250" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Place NW</w:t>
+          <w:p w14:paraId="7270FB70" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A8, 10333 Southport Road SW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="036C1578" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="736ADC8A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6480608D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2N 2V2</w:t>
+          <w:p w14:paraId="659B86DA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2W 3X6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C04F7C3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="1A91489E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 541 – 1200</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="55A1B4F4" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+          <w:p w14:paraId="529B8CB2" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.efwrad.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="7A15B591" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="37A7C890" w14:textId="77777777" w:rsidTr="00593493">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D277D2B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EFW Radiology – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Uxborough</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF9E250" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">200, 60 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Uxborough</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Place NW</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="036C1578" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6480608D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2N 2V2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C04F7C3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 541 – 1200</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A1B4F4" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>www.efwrad.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="7A15B591" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC60093" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3AC60093" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Guardian Radiology - Canmore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5910CD16" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5910CD16" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>112, 1140 Railway Avenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74989BFB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="74989BFB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Canmore</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1DA4E7F8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1DA4E7F8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T1W 1P4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A63CB44" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5A63CB44" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">403 – 609 – 3337 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4179D60E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
+          <w:p w14:paraId="4179D60E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.guardianradiology.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="289CB515" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="289CB515" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DE37DC1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2DE37DC1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Mayfair Diagnostics – Aspen Landing</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5C152E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0B5C152E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">105, 339 Aspen Glen Landing SW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66A544CC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="66A544CC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4D4410" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6D4D4410" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T3H 0N6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4839009D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="4839009D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4DD968F7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...180 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="4DD968F7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="1DBF8419" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="54215D8F" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F0F0CF8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> Plaza </w:t>
+          <w:p w14:paraId="1EDBA8F1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mayfair Diagnostics – Beacon Heights</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F714DA7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Boulevard NE </w:t>
+          <w:p w14:paraId="6BECF5DF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>440, 12024 Sarcee Trail NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58BCC50D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="7CA1616C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CE06534" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3J 3J8</w:t>
+          <w:p w14:paraId="56235E59" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3R 0J1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="279761CB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="25E76EC0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="758F83C8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="3A907D3D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="7F9B31B4" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="1DBF8419" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="573B710C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Mayfair Diagnostics – Cochrane </w:t>
+          <w:p w14:paraId="1F0F0CF8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayfair Diagnostics – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Castleridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plaza </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E6CBB85" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>1123 – 116 Grande Boulevard</w:t>
+          <w:p w14:paraId="1F714DA7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20, 55 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Castleridge</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Boulevard NE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C628ED8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Cochrane</w:t>
+          <w:p w14:paraId="58BCC50D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C0ED0C7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T4C 2G4</w:t>
+          <w:p w14:paraId="5CE06534" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3J 3J8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F6C5A1A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="279761CB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="5AC9825E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="758F83C8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="39755F84" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="7F9B31B4" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7FCEB342" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Mayfair Diagnostics – The Core </w:t>
+          <w:p w14:paraId="573B710C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayfair Diagnostics – Cochrane </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="37BFE855" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>417, 751 – 3 Street SW</w:t>
+          <w:p w14:paraId="1E6CBB85" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1123 – 116 Grande Boulevard</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5840DA5F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Calgary</w:t>
+          <w:p w14:paraId="4C628ED8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Cochrane</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B065204" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2P 4K8</w:t>
+          <w:p w14:paraId="7C0ED0C7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T4C 2G4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C8545AF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="5F6C5A1A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2FCF296F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="5AC9825E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="1A1349D7" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="39755F84" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66DE1CC6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Mayfair Diagnostics – Coventry Hills Centre</w:t>
+          <w:p w14:paraId="7FCEB342" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayfair Diagnostics – The Core </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7202BF41" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">457, 130 Country Village Road NE </w:t>
+          <w:p w14:paraId="37BFE855" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>417, 751 – 3 Street SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E700CF5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="5840DA5F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BAE0604" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3K 6B8</w:t>
+          <w:p w14:paraId="4B065204" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2P 4K8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E29C0C3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="4C8545AF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="62D4D599" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="2FCF296F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="1178C11F" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="1A1349D7" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="71048F39" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Mayfair Diagnostics – Crowfoot Business Centre </w:t>
+          <w:p w14:paraId="66DE1CC6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mayfair Diagnostics – Coventry Hills Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56F780E8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">401, 400 Crowfoot Crescent NW </w:t>
+          <w:p w14:paraId="7202BF41" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">457, 130 Country Village Road NE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70192037" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="6E700CF5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:vAlign w:val="bottom"/>
-[...19 lines deleted...]
-              <w:t>T3G 5H6</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BAE0604" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3K 6B8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="089EAB4E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="3E29C0C3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4A1E8FA0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="62D4D599" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="39F808AB" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="1178C11F" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60958D7D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Mayfair Diagnostics – Mahogany Village</w:t>
+          <w:p w14:paraId="71048F39" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayfair Diagnostics – Crowfoot Business Centre </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6461DC55" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>230, 3 Mahogany Row SE</w:t>
+          <w:p w14:paraId="56F780E8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">401, 400 Crowfoot Crescent NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="194EA69C" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="70192037" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="795A8091" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3M 2T6</w:t>
+          <w:p w14:paraId="0EF5D951" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3G 5H6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="200328F9" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="089EAB4E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="34479A52" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="4A1E8FA0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="666B9AB2" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="39F808AB" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B714988" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Mayfair Diagnostics – Market Mall Professional Centre</w:t>
+          <w:p w14:paraId="60958D7D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mayfair Diagnostics – Mahogany Village</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="441ED633" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>333, 4935 – 40 Avenue NW</w:t>
+          <w:p w14:paraId="6461DC55" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>230, 3 Mahogany Row SE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E0C3CAA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="194EA69C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:vAlign w:val="center"/>
-[...19 lines deleted...]
-              <w:t>T3A 2N1</w:t>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="795A8091" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3M 2T6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F3D0064" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="200328F9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="4244D9FD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="34479A52" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="347E8528" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="666B9AB2" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="491A8C0F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Mayfair Diagnostics – Mayfair Place </w:t>
+          <w:p w14:paraId="7B714988" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mayfair Diagnostics – Market Mall Professional Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7BFCC9" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">132, 6707 Elbow Drive SW </w:t>
+          <w:p w14:paraId="441ED633" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>333, 4935 – 40 Avenue NW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="219D5CA0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="6E0C3CAA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CF7230B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2V 0E3</w:t>
+          <w:p w14:paraId="6680334D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3A 2N1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20082A53" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="5F3D0064" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:vAlign w:val="center"/>
-[...4 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4244D9FD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="736AF6D2" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="347E8528" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="74C72C11" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> Mall </w:t>
+          <w:p w14:paraId="491A8C0F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayfair Diagnostics – Mayfair Place </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="17F26E88" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">177, 100 Anderson Road SE </w:t>
+          <w:p w14:paraId="1A7BFCC9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">132, 6707 Elbow Drive SW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A870FAD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="219D5CA0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A71497F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2J 3V1</w:t>
+          <w:p w14:paraId="2CF7230B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2V 0E3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="271D6B53" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="20082A53" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EAB0EFE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="744C7702" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="3F74E622" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="736AF6D2" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="698BBA3E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="74C72C11" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Mayfair Diagnostics – </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>Sunpark</w:t>
+              <w:t>Southcentre</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Professional Centre</w:t>
+              <w:t xml:space="preserve"> Mall </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3074C25A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...37 lines deleted...]
-              <w:t xml:space="preserve"> Plaza SE </w:t>
+          <w:p w14:paraId="17F26E88" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">177, 100 Anderson Road SE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A50CAC5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="4A870FAD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="587F9366" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2X 3X7</w:t>
+          <w:p w14:paraId="3A71497F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2J 3V1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="314693DC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="271D6B53" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BA336A9" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="2EAB0EFE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="00E58B49" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3F74E622" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02AD8032" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Mayfair Diagnostics – Sunridge</w:t>
+          <w:p w14:paraId="698BBA3E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mayfair Diagnostics – </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sunpark</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Professional Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="551BA979" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>150, 3363 – 26 Avenue NE</w:t>
+          <w:p w14:paraId="3074C25A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">125, 40 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Sunpark</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Plaza SE </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2141605A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="0A50CAC5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="641A1B8F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T1Y 6L4</w:t>
+          <w:p w14:paraId="587F9366" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2X 3X7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58A025FF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">403 – 777 – 3000 </w:t>
+          <w:p w14:paraId="314693DC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12DE9ACE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="7BA336A9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="43DDA6CF" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="00E58B49" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="011D16B6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Mayfair Diagnostics – Westbrook Professional Building</w:t>
+          <w:p w14:paraId="02AD8032" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Mayfair Diagnostics – Sunridge</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="53FCF785" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>200, 1610 – 37 Street SW</w:t>
+          <w:p w14:paraId="551BA979" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>150, 3363 – 26 Avenue NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AB07F85" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="2141605A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5018E682" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3C 3P1</w:t>
+          <w:p w14:paraId="641A1B8F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T1Y 6L4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="664FF738" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>403 – 777 – 3000</w:t>
+          <w:p w14:paraId="58A025FF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 777 – 3000 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24CC1210" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="12DE9ACE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="73EFFBA4" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="43DDA6CF" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2955397A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> Diagnostic Imaging – Airdrie</w:t>
+          <w:p w14:paraId="011D16B6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Mayfair Diagnostics – Westbrook Professional Building</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="458AD4D6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">20, 105 Main Street N </w:t>
+          <w:p w14:paraId="53FCF785" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>200, 1610 – 37 Street SW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A13F592" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Airdrie</w:t>
+          <w:p w14:paraId="2AB07F85" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6AC0EE74" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T4B 0R3</w:t>
+          <w:p w14:paraId="5018E682" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3C 3P1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0688C145" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>403 – 726 – 9729</w:t>
+          <w:p w14:paraId="664FF738" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 777 – 3000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="476B2179" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="24CC1210" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>www.mypureform.com</w:t>
+                <w:t>www.radiology.ca</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r w:rsidRPr="00593493">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="5F2E1185" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="73EFFBA4" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5895B6DE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2955397A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pureform</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Diagnostic Imaging – Crowfoot</w:t>
+              <w:t xml:space="preserve"> Diagnostic Imaging – Airdrie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="029538E5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">350, 600 Crowfoot Crescent NW </w:t>
+          <w:p w14:paraId="458AD4D6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">20, 105 Main Street N </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31B45F4A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Calgary</w:t>
+          <w:p w14:paraId="7A13F592" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Airdrie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FB87944" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T3G 0B4</w:t>
+          <w:p w14:paraId="6AC0EE74" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T4B 0R3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13111F51" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="0688C145" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 726 – 9729</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12EB1269" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="476B2179" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mypureform.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="04531DC8" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="5F2E1185" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0563112F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5895B6DE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pureform</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Diagnostic Imaging – MacLeod </w:t>
+              <w:t xml:space="preserve"> Diagnostic Imaging – Crowfoot</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4496E0D6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>200, 3916 MacLeod Trail SE</w:t>
+          <w:p w14:paraId="029538E5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">350, 600 Crowfoot Crescent NW </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B3C4463" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="31B45F4A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02187138" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2G 2R5</w:t>
+          <w:p w14:paraId="6FB87944" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3G 0B4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7EBC3081" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="13111F51" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 726 – 9729</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="149DC9CB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="12EB1269" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mypureform.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="632BA5B1" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="04531DC8" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="03AA3B81" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0563112F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Pureform</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Diagnostic Imaging – South Trail</w:t>
+              <w:t xml:space="preserve"> Diagnostic Imaging – MacLeod </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34B98008" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>519, 4916 – 130 Avenue SE</w:t>
+          <w:p w14:paraId="4496E0D6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>200, 3916 MacLeod Trail SE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B718746" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="6B3C4463" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D5F767F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2Z 0G4</w:t>
+          <w:p w14:paraId="02187138" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2G 2R5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3251DFD2" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="7EBC3081" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 726 – 9729</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A045488" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="149DC9CB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mypureform.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="3729F7CC" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="632BA5B1" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C8071A9" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Radiology Associates – Chestermere</w:t>
+          <w:p w14:paraId="03AA3B81" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Pureform</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Diagnostic Imaging – South Trail</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06952BA0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>103, 300 Merganser Drive West</w:t>
+          <w:p w14:paraId="34B98008" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>519, 4916 – 130 Avenue SE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23B75AB0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">Chestermere </w:t>
+          <w:p w14:paraId="4B718746" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4C1EE94E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T1X 1L6</w:t>
+          <w:p w14:paraId="5D5F767F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2Z 0G4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="58E9273B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>403 – 900 – 1122</w:t>
+          <w:p w14:paraId="3251DFD2" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 726 – 9729</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0392F0BB" w14:textId="275411C2" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:p w14:paraId="0A045488" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>radiologyassociatesinc.com</w:t>
+                <w:t>www.mypureform.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="0EEFD526" w14:textId="77777777" w:rsidTr="00593493">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3729F7CC" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="601419FC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Radiology Associates – East Hills</w:t>
+          <w:p w14:paraId="1C8071A9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Radiology Associates – Chestermere</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E35C052" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>531, 409 East Hills Boulevard SE</w:t>
+          <w:p w14:paraId="06952BA0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>103, 300 Merganser Drive West</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F1FF994" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Calgary</w:t>
+          <w:p w14:paraId="23B75AB0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Chestermere </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38B6A345" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>T2A 4A7</w:t>
+          <w:p w14:paraId="4C1EE94E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T1X 1L6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51A25553" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="58E9273B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 900 – 1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5BB02106" w14:textId="5F3A1737" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="0392F0BB" w14:textId="275411C2" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>radiologyassociatesinc.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="4826BB0E" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="0EEFD526" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...30 lines deleted...]
-              <w:t xml:space="preserve"> Radiology</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="601419FC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Radiology Associates – East Hills</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...40 lines deleted...]
-              <w:t xml:space="preserve"> Circle NE</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E35C052" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>531, 409 East Hills Boulevard SE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F1FF994" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:t>T3J 0H5</w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B6A345" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T2A 4A7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">587 – 623 – 6650 </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51A25553" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>403 – 900 – 1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...8 lines deleted...]
-                <w:color w:val="000000"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB02106" w14:textId="5F3A1737" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>radiologyassociatesinc.com</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4826BB0E" w14:textId="77777777" w:rsidTr="00566D19">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D0D0D9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saddletown</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Radiology</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E8D797" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">914 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saddletowne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Circle NE</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A3B5FE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38898799" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3J 0H5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1532" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F23C683" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">587 – 623 – 6650 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A833F77" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.saddletownradiology.ca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="3182FC4F" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3182FC4F" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
           <w:wAfter w:w="37" w:type="dxa"/>
           <w:trHeight w:val="20"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="14800" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10E2E779" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="10E2E779" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="29F184DE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00C71514">
+          <w:p w14:paraId="29F184DE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:right="180"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="353CEA62" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="353CEA62" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="37" w:type="dxa"/>
           <w:trHeight w:val="288"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="14800" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="09163D5E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09163D5E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C5006E"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C5006E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>NORTHERN ALBERTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="3CB3FE5C" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3CB3FE5C" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7CF88405" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7CF88405" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Aspen Diagnostic Imaging </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64EDAC86" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="64EDAC86" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4, 4907 – 51 Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D008280" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0D008280" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Athabasca</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="679B189A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="679B189A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T9S 1E7 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="440BBD50" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="440BBD50" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 675 – 1168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="116A7916" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
+          <w:p w14:paraId="116A7916" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.aspenimaging.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="737FD6FD" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="737FD6FD" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6031E031" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6031E031" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>CGA Medical Imaging – Cold Lake</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7472B0A8" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7472B0A8" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">101, 2012 – 8 Avenue </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EF01CB5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6EF01CB5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Cold Lake   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C8A3961" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0C8A3961" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T9M 1C2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DC7E7D3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2DC7E7D3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 639 – 0900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="69155C39" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+          <w:p w14:paraId="69155C39" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.cgami.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="2FC4D077" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="2FC4D077" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A67916A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0A67916A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grande</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Prairie Regional Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42423965" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="42423965" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11205 – 110 Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01A09FC7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="01A09FC7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grande</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Prairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1E3EBB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0A1E3EBB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T8V 4B1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45595092" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="45595092" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 538 – 7682</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="0E74BEB5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0E74BEB5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.albertahealthservices.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="49C17C72" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="49C17C72" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7E2D3D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2C7E2D3D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Insight Medical Imaging – Fort McMurray</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9A45FD" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7F9A45FD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>1, 606 Signal Road</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7BEA07" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5C7BEA07" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fort McMurray</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18CDF6C5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="18CDF6C5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T9H 4Z4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3080B072" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3080B072" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 791 – 1992</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="53FDC6D3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="53FDC6D3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>x-ray.ca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="6B5F6235" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6B5F6235" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECFFB8E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1ECFFB8E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Northern Lights Regional Health Centre, Radiology Dept.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF23DC5" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2BF23DC5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>7 Hospital Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0738777A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="0738777A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Fort McMurray</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4C2CAF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1C4C2CAF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T9H 1P2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="315AF33E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="315AF33E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 714 – 5610</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="093257CF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+          <w:p w14:paraId="093257CF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.albertahealthservices.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="6F3BE291" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6F3BE291" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45478C6E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="45478C6E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peace Diagnostic Imaging – Mammography</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E3377E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="64E3377E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>108, 9815 – 97 Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD4CD50" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7BD4CD50" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grande</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Prairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD56F86" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2DD56F86" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T8V 8B9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70242C16" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="70242C16" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 532 – 5648</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36BC41FA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+          <w:p w14:paraId="36BC41FA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.peacediagnosticimaging.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="096E608B" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="096E608B" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="676FD134" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="676FD134" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peace River Community Health Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47B9B3E6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="47B9B3E6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Box 400, 10101 – 68 Street </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A3749A2" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3A3749A2" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Peace River</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7610A5D6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7610A5D6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T8S 1T6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77B708B6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="77B708B6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 624 – 7518</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="43D625A1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId101" w:history="1">
+          <w:p w14:paraId="43D625A1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.albertahealthservices.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="1852621D" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="1852621D" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A7A59CF" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="6A7A59CF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Shift Imaging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72D44592" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="72D44592" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Unit 103, 10514 – 67 Avenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="547DD70B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="547DD70B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Grande</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> Prairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AAF9523" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="7AAF9523" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>T8W 0K8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CF95F3E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3CF95F3E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>587 – 495 - 9817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45C7AD5B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="45C7AD5B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>shiftimaging.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="139F4A2D" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="139F4A2D" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B8AB526" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="2B8AB526" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="035438A4" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="035438A4" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="510DAA24" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="510DAA24" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="14451A9F" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="14451A9F" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1B13B0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3A1B13B0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3BCF1D2E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3BCF1D2E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="0C8A4DC2" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="0C8A4DC2" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="14837" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="60ED595E" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="60ED595E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C5006E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>CENTRAL ALBERTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="5E3BF129" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="5E3BF129" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="30D5C074" w14:textId="287738F5" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="30D5C074" w14:textId="287738F5" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">Central Alberta Medical Imaging Services </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1344E5BB" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1344E5BB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>4312 – 54 Avenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="552DE444" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="552DE444" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>Red Deer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C9ADA6B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5C9ADA6B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">T4N 4M1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BBA3348" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="3BBA3348" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 343 – 6172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="714E2705" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...169 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="714E2705" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.camiscare.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="4487F772" w14:textId="77777777" w:rsidTr="00566D19">
-[...2 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4959087C" w14:textId="77777777" w:rsidTr="00566D19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...18 lines deleted...]
-              <w:t>Guardian Radiology - Lloydminster West</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="78BF642D" w14:textId="058429C7" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Central Alberta Medical Imaging Services</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">4121 – 70 Avenue </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="6172FB2C" w14:textId="70BDB01E" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>240, 6700 – 46 Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">Lloydminster </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="131AA552" w14:textId="15DB71B2" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Olds</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">T9V 3L9 </w:t>
+          </w:tcPr>
+          <w:p w14:paraId="00450892" w14:textId="66DABBB2" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T4H 0A2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...19 lines deleted...]
-              <w:t>780 – 875 – 4600</w:t>
+          </w:tcPr>
+          <w:p w14:paraId="73666AFB" w14:textId="7E254830" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">403 – 755 – 8060 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...10 lines deleted...]
-              </w:rPr>
+          </w:tcPr>
+          <w:p w14:paraId="3B2303E4" w14:textId="2A91F5B1" w:rsidR="004B6471" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>www.guardianradiology.com</w:t>
+                <w:t>www.camiscare.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="7E184B47" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4487F772" w14:textId="77777777" w:rsidTr="00566D19">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F2CB352" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t>Guardian Radiology - Camrose</w:t>
+          <w:p w14:paraId="3C9FA5F6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Guardian Radiology - Lloydminster West</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="60E821A3" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">1, 6601 – 48 Avenue </w:t>
+          <w:p w14:paraId="53AE8FB4" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4121 – 70 Avenue </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="445F43AE" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t>Camrose</w:t>
+          <w:p w14:paraId="6ACBD537" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lloydminster </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15B43F68" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">T4V 3G8 </w:t>
+          <w:p w14:paraId="28BF7D3E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">T9V 3L9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3EF1406A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">780 – 672 – 8220 </w:t>
+          <w:p w14:paraId="55347A7B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 875 – 4600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4840EEDC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...2 lines deleted...]
-              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+          <w:p w14:paraId="594B9B0C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.guardianradiology.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="5CDA3FB1" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="7E184B47" w14:textId="77777777" w:rsidTr="00566D19">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2CB352" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Guardian Radiology - Camrose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E821A3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1, 6601 – 48 Avenue </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="445F43AE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Camrose</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B43F68" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">T4V 3G8 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF1406A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">780 – 672 – 8220 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4840EEDC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>www.guardianradiology.com</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="5CDA3FB1" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="050CEF70" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="050CEF70" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5C4A4CEA" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="5C4A4CEA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="297593D0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="297593D0" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB44E22" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="1EB44E22" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06263157" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="06263157" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="023F98EC" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          <w:p w14:paraId="023F98EC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="5DA07529" w14:textId="77777777" w:rsidTr="00566D19">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="5DA07529" w14:textId="77777777" w:rsidTr="00566D19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="14837" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3BCA5EB7" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+          </w:tcPr>
+          <w:p w14:paraId="3BCA5EB7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="C5006E"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>SOUTHERN ALBERTA</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6FBB8833" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -19340,51 +19297,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 527 – 7334</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7460EA6D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.bgsaradiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="6AE908D4" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -19517,51 +19474,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">403 – 983 – 9998 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E69C64A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.fds.health</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="052A2B6E" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
@@ -19697,51 +19654,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 328 – 1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76390964" w14:textId="26F3B8EE" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>radiologyassociatesinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="5D90413F" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3DD0D63B" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
@@ -19871,51 +19828,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">403 – 328 – 1122 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="18F080F7" w14:textId="6F0A5C86" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>radiologyassociatesinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0223EC9A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="373873D6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
@@ -19927,55 +19884,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BC0B2D0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4416B2CE" w14:textId="7B8C6741" w:rsidR="00252E98" w:rsidRPr="00EA0764" w:rsidRDefault="00651298" w:rsidP="00651298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="13389"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00252E98" w:rsidRPr="00EA0764" w:rsidSect="00593493">
-      <w:headerReference w:type="default" r:id="rId111"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId115"/>
+      <w:headerReference w:type="default" r:id="rId112"/>
+      <w:footerReference w:type="even" r:id="rId113"/>
+      <w:footerReference w:type="default" r:id="rId114"/>
+      <w:headerReference w:type="first" r:id="rId115"/>
+      <w:footerReference w:type="first" r:id="rId116"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="1134" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="27436B80" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="233D046A" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20126,51 +20083,51 @@
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="503EEE28" w14:textId="77777777" w:rsidR="00B1098B" w:rsidRDefault="00B1098B" w:rsidP="00DD7C0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04DB2125" w14:textId="59D7771A" w:rsidR="00DA1480" w:rsidRPr="00D4329A" w:rsidRDefault="00DA1480" w:rsidP="00DA1480">
+  <w:p w14:paraId="04DB2125" w14:textId="1EE221F7" w:rsidR="00DA1480" w:rsidRPr="00D4329A" w:rsidRDefault="00DA1480" w:rsidP="00DA1480">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">For the most up-to-date information and to map your location to the nearest clinic, visit www.screeningforlife.ca and click on “Where to Get </w:t>
     </w:r>
     <w:r w:rsidR="00C71514" w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Screened”  </w:t>
     </w:r>
     <w:r w:rsidRPr="00D4329A">
       <w:rPr>
@@ -20178,56 +20135,56 @@
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>5 v</w:t>
     </w:r>
-    <w:r w:rsidR="00651298">
+    <w:r w:rsidR="007A4041">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BA65A21" w14:textId="2747B442" w:rsidR="006C251A" w:rsidRPr="00DD7C0A" w:rsidRDefault="006C251A" w:rsidP="00DD7C0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:ind w:right="49"/>
     </w:pPr>
     <w:r w:rsidRPr="00DD7C0A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67746011" wp14:editId="7696488F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
@@ -20341,51 +20298,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="295E332E" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="6E9CCEC6" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="Straight Arrow Connector 394216980" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00DD7C0A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="633E60A5" wp14:editId="6B0E8E61">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="1926841177" name="Picture 1926841177" descr="N:\Publications\APPLE Magazine\AHS branding\Logos\Top 100\ct2018_english.png"/>
@@ -20496,51 +20453,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="0620D67F" id="Straight Arrow Connector 1999628581" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
+            <v:shape w14:anchorId="38706F36" id="Straight Arrow Connector 1999628581" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64706B55" w14:textId="77777777" w:rsidR="00D3517E" w:rsidRDefault="00F81255" w:rsidP="006C251A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79CF1D26" wp14:editId="199E24FB">
               <wp:simplePos x="0" y="0"/>
@@ -20577,51 +20534,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="2DCD15CA" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-.15pt,8.5pt" to="510.1pt,8.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+ir2RtAEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v4yAQva/U/4C4b3CiVVVZcXpo1V6q&#10;3Wo/fgDBQ4wEDAI2dv79DiRxqm2lqqv1YWxg3ps3j/H6dnKW7SEmg77jy0XDGXiFvfG7jv/6+fD5&#10;hrOUpe+lRQ8dP0Dit5urT+sxtLDCAW0PkRGJT+0YOj7kHFohkhrAybTAAJ4ONUYnMy3jTvRRjsTu&#10;rFg1zbUYMfYhooKUaPf+eMg3lV9rUPmb1gkysx0nbbnGWOO2RLFZy3YXZRiMOsmQ/6DCSeOp6Ex1&#10;L7Nkv6N5ReWMiphQ54VCJ1Bro6D2QN0sm7+6+THIALUXMieF2ab0/2jV1/2df45kwxhSm8JzLF1M&#10;OrryJn1sqmYdZrNgykzR5vWXm4YeztT5TFyAIab8COhY+ei4Nb70IVu5f0qZilHqOaVsW19iQmv6&#10;B2NtXZQJgDsb2V7S3W13q3JXhHuRRauCFBfp9SsfLBxZv4Nmpiexy1q9TtWFUyoFPi9PvNZTdoFp&#10;UjADm/eBp/wChTpxHwHPiFoZfZ7BzniMb1XP01myPuafHTj2XSzYYn+ol1qtodGpzp3GvMzmy3WF&#10;X37GzR8AAAD//wMAUEsDBBQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TE89T8MwEN2R+A/WIbG1NgEVFOJUCNGNhVIkRjc+4qj2OcRukv57rmKA8d7XvVet5+DFiEPqImm4&#10;WSoQSE20HbUadu+bxQOIlA1Z4yOhhhMmWNeXF5UpbZzoDcdtbgWHUCqNBpdzX0qZGofBpGXskZj7&#10;ikMwmc+hlXYwE4cHLwulVjKYjviDMz0+O2wO22PgGqP7zPmuUC8r2py+P7x8PUxS6+ur+ekRRMY5&#10;/4nhXJ89UHOnfTySTcJrWNyykOF7XnSmVaEKEPtfRNaV/D+g/gEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA+ir2RtAEAANQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="#c7eafb [3214]" strokeweight=".5pt">
+            <v:line w14:anchorId="4B3A3AF3" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-.15pt,8.5pt" to="510.1pt,8.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+ir2RtAEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v4yAQva/U/4C4b3CiVVVZcXpo1V6q&#10;3Wo/fgDBQ4wEDAI2dv79DiRxqm2lqqv1YWxg3ps3j/H6dnKW7SEmg77jy0XDGXiFvfG7jv/6+fD5&#10;hrOUpe+lRQ8dP0Dit5urT+sxtLDCAW0PkRGJT+0YOj7kHFohkhrAybTAAJ4ONUYnMy3jTvRRjsTu&#10;rFg1zbUYMfYhooKUaPf+eMg3lV9rUPmb1gkysx0nbbnGWOO2RLFZy3YXZRiMOsmQ/6DCSeOp6Ex1&#10;L7Nkv6N5ReWMiphQ54VCJ1Bro6D2QN0sm7+6+THIALUXMieF2ab0/2jV1/2df45kwxhSm8JzLF1M&#10;OrryJn1sqmYdZrNgykzR5vWXm4YeztT5TFyAIab8COhY+ei4Nb70IVu5f0qZilHqOaVsW19iQmv6&#10;B2NtXZQJgDsb2V7S3W13q3JXhHuRRauCFBfp9SsfLBxZv4Nmpiexy1q9TtWFUyoFPi9PvNZTdoFp&#10;UjADm/eBp/wChTpxHwHPiFoZfZ7BzniMb1XP01myPuafHTj2XSzYYn+ol1qtodGpzp3GvMzmy3WF&#10;X37GzR8AAAD//wMAUEsDBBQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TE89T8MwEN2R+A/WIbG1NgEVFOJUCNGNhVIkRjc+4qj2OcRukv57rmKA8d7XvVet5+DFiEPqImm4&#10;WSoQSE20HbUadu+bxQOIlA1Z4yOhhhMmWNeXF5UpbZzoDcdtbgWHUCqNBpdzX0qZGofBpGXskZj7&#10;ikMwmc+hlXYwE4cHLwulVjKYjviDMz0+O2wO22PgGqP7zPmuUC8r2py+P7x8PUxS6+ur+ekRRMY5&#10;/4nhXJ89UHOnfTySTcJrWNyykOF7XnSmVaEKEPtfRNaV/D+g/gEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA+ir2RtAEAANQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="#c7eafb [3214]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00401824">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62FD737E" wp14:editId="30449F76">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="641789491" name="Picture 641789491" descr="N:\Publications\APPLE Magazine\AHS branding\Logos\Top 100\ct2018_english.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -20730,51 +20687,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="11B89871" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="27EF96CD" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="Straight Arrow Connector 14" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00401824">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46BA0EBB" wp14:editId="6AD400EF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="804780427" name="Picture 804780427" descr="N:\Publications\APPLE Magazine\AHS branding\Logos\Top 100\ct2018_english.png"/>
@@ -20885,270 +20842,275 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="2794B34E" id="Straight Arrow Connector 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
+            <v:shape w14:anchorId="2BED4D16" id="Straight Arrow Connector 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="473010A0" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="408D9F99" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="09F75401" w14:textId="04B6230C" w:rsidR="006C251A" w:rsidRPr="00D37B12" w:rsidRDefault="00593493" w:rsidP="006C251A">
+  <w:p w14:paraId="09F75401" w14:textId="2D095BF6" w:rsidR="006C251A" w:rsidRPr="00D37B12" w:rsidRDefault="00A04112" w:rsidP="006C251A">
     <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+        <w:b/>
+        <w:bCs/>
+        <w:noProof/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251681792" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="436684F2" wp14:editId="4CDD453D">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>2359660</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-203200</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2444115" cy="433705"/>
+          <wp:effectExtent l="0" t="0" r="0" b="4445"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="0" y="0"/>
+              <wp:lineTo x="0" y="20873"/>
+              <wp:lineTo x="21381" y="20873"/>
+              <wp:lineTo x="21381" y="0"/>
+              <wp:lineTo x="0" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="2001843947" name="Picture 2001843947" descr="Pink letters on a white background&#10;&#10;AI-generated content may be incorrect."/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2001843947" name="Picture 2001843947" descr="Pink letters on a white background&#10;&#10;AI-generated content may be incorrect."/>
+                  <pic:cNvPicPr/>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1" cstate="print">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr>
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2444115" cy="433705"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidR="00593493">
       <w:rPr>
         <w:noProof/>
         <w:position w:val="2"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251682816" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62293ABF" wp14:editId="12D6D88E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>7791450</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-331470</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1344295" cy="580390"/>
           <wp:effectExtent l="0" t="0" r="8255" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="1186415237" name="Picture 1186415237" descr="A black and pink sign with pink letters&#10;&#10;AI-generated content may be incorrect."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1186415237" name="Picture 1186415237" descr="A black and pink sign with pink letters&#10;&#10;AI-generated content may be incorrect."/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId1" cstate="print">
+                  <a:blip r:embed="rId2" cstate="print">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1344295" cy="580390"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00593493">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="26AAFC39" wp14:editId="3EC99E99">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="26AAFC39" wp14:editId="7FDE3DEE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:align>left</wp:align>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
             <wp:posOffset>189865</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2530800" cy="1083600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="255858452" name="Graphic 4"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="444902572" name="Graphic 4"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
-                  <a:blip r:embed="rId2">
+                  <a:blip r:embed="rId3">
                     <a:extLst>
                       <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId3"/>
+                        <asvg:svgBlip xmlns:asvg="http://schemas.microsoft.com/office/drawing/2016/SVG/main" r:embed="rId4"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2530800" cy="1083600"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
-    </w:r>
-[...67 lines deleted...]
-      <w:tab/>
     </w:r>
     <w:r w:rsidR="0080712F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0080712F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0080712F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0080712F">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0003632D">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0003632D">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0003632D">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="0003632D">
       <w:tab/>
     </w:r>
@@ -21343,51 +21305,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="675621555">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="95"/>
+  <w:zoom w:percent="82"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -21415,146 +21377,152 @@
     <w:rsid w:val="001C727E"/>
     <w:rsid w:val="001D6DC4"/>
     <w:rsid w:val="00207517"/>
     <w:rsid w:val="00252E98"/>
     <w:rsid w:val="00255F4C"/>
     <w:rsid w:val="00256430"/>
     <w:rsid w:val="00273308"/>
     <w:rsid w:val="002D0EB7"/>
     <w:rsid w:val="002F4AFC"/>
     <w:rsid w:val="00302FE9"/>
     <w:rsid w:val="00310D50"/>
     <w:rsid w:val="0032272A"/>
     <w:rsid w:val="00342D2B"/>
     <w:rsid w:val="003460D6"/>
     <w:rsid w:val="003521C4"/>
     <w:rsid w:val="003837AB"/>
     <w:rsid w:val="003C6B8C"/>
     <w:rsid w:val="00401824"/>
     <w:rsid w:val="00405D42"/>
     <w:rsid w:val="00432069"/>
     <w:rsid w:val="00464AAE"/>
     <w:rsid w:val="004716BF"/>
     <w:rsid w:val="00480293"/>
     <w:rsid w:val="00481A1B"/>
     <w:rsid w:val="004828A6"/>
+    <w:rsid w:val="004B6471"/>
     <w:rsid w:val="004E7043"/>
     <w:rsid w:val="004F2B6E"/>
     <w:rsid w:val="00504D7B"/>
     <w:rsid w:val="00531285"/>
     <w:rsid w:val="00541D15"/>
     <w:rsid w:val="00562690"/>
     <w:rsid w:val="00567981"/>
     <w:rsid w:val="005913D0"/>
     <w:rsid w:val="00593493"/>
     <w:rsid w:val="00593C36"/>
     <w:rsid w:val="005D2637"/>
     <w:rsid w:val="005F2CE0"/>
     <w:rsid w:val="00620A90"/>
     <w:rsid w:val="00637501"/>
     <w:rsid w:val="00651298"/>
     <w:rsid w:val="00655C7D"/>
     <w:rsid w:val="0067627B"/>
     <w:rsid w:val="0068010D"/>
     <w:rsid w:val="00680EAE"/>
     <w:rsid w:val="00686A68"/>
     <w:rsid w:val="006A33D6"/>
     <w:rsid w:val="006A35E4"/>
     <w:rsid w:val="006B2D71"/>
     <w:rsid w:val="006C251A"/>
+    <w:rsid w:val="006C631D"/>
     <w:rsid w:val="006D2CA1"/>
     <w:rsid w:val="007064F9"/>
     <w:rsid w:val="0071305F"/>
     <w:rsid w:val="00717A21"/>
     <w:rsid w:val="00717D70"/>
     <w:rsid w:val="00734128"/>
     <w:rsid w:val="00753455"/>
     <w:rsid w:val="00754C34"/>
     <w:rsid w:val="007555A7"/>
     <w:rsid w:val="00756D7E"/>
     <w:rsid w:val="00787AF4"/>
+    <w:rsid w:val="007A4041"/>
     <w:rsid w:val="007E09D1"/>
     <w:rsid w:val="00801EA0"/>
     <w:rsid w:val="0080712F"/>
     <w:rsid w:val="00817BF0"/>
     <w:rsid w:val="008655BD"/>
     <w:rsid w:val="0088558F"/>
     <w:rsid w:val="008A18D4"/>
     <w:rsid w:val="008B0C14"/>
     <w:rsid w:val="008B0D46"/>
     <w:rsid w:val="00945C56"/>
     <w:rsid w:val="0096330B"/>
     <w:rsid w:val="00974388"/>
     <w:rsid w:val="00980847"/>
     <w:rsid w:val="00982A26"/>
     <w:rsid w:val="009D3A93"/>
     <w:rsid w:val="009D69CD"/>
     <w:rsid w:val="009E54DC"/>
     <w:rsid w:val="009E6C68"/>
     <w:rsid w:val="009F3AEF"/>
     <w:rsid w:val="00A01604"/>
+    <w:rsid w:val="00A04112"/>
     <w:rsid w:val="00A51CD9"/>
     <w:rsid w:val="00A5747D"/>
     <w:rsid w:val="00A6328B"/>
     <w:rsid w:val="00A707BB"/>
     <w:rsid w:val="00A75CDE"/>
     <w:rsid w:val="00A86227"/>
     <w:rsid w:val="00AF366F"/>
     <w:rsid w:val="00AF6D95"/>
     <w:rsid w:val="00B001F5"/>
     <w:rsid w:val="00B1098B"/>
     <w:rsid w:val="00B11438"/>
     <w:rsid w:val="00B4685E"/>
     <w:rsid w:val="00B950A8"/>
     <w:rsid w:val="00BB0149"/>
     <w:rsid w:val="00BC0FF6"/>
     <w:rsid w:val="00BF0F6A"/>
     <w:rsid w:val="00C30854"/>
     <w:rsid w:val="00C71514"/>
     <w:rsid w:val="00C854A2"/>
     <w:rsid w:val="00CF39BF"/>
     <w:rsid w:val="00D10BEC"/>
     <w:rsid w:val="00D127F5"/>
     <w:rsid w:val="00D164FC"/>
     <w:rsid w:val="00D305B2"/>
     <w:rsid w:val="00D3517E"/>
     <w:rsid w:val="00D37B12"/>
     <w:rsid w:val="00D64494"/>
     <w:rsid w:val="00D83F19"/>
     <w:rsid w:val="00DA09F8"/>
     <w:rsid w:val="00DA1480"/>
     <w:rsid w:val="00DC7126"/>
     <w:rsid w:val="00DD7C0A"/>
     <w:rsid w:val="00DF0783"/>
     <w:rsid w:val="00DF0A18"/>
     <w:rsid w:val="00E17419"/>
     <w:rsid w:val="00E225F9"/>
     <w:rsid w:val="00E31421"/>
     <w:rsid w:val="00E8051E"/>
     <w:rsid w:val="00EA0764"/>
+    <w:rsid w:val="00EA5C97"/>
     <w:rsid w:val="00EA641A"/>
     <w:rsid w:val="00EC4389"/>
+    <w:rsid w:val="00ED7C05"/>
     <w:rsid w:val="00F30C62"/>
     <w:rsid w:val="00F406F7"/>
     <w:rsid w:val="00F455A2"/>
     <w:rsid w:val="00F53C26"/>
     <w:rsid w:val="00F559C2"/>
     <w:rsid w:val="00F81255"/>
     <w:rsid w:val="00F9118A"/>
     <w:rsid w:val="00F91243"/>
     <w:rsid w:val="00F94C04"/>
     <w:rsid w:val="00F97863"/>
     <w:rsid w:val="00FB6B52"/>
     <w:rsid w:val="00FF4A72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -22582,67 +22550,67 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.devonxray.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bgsaradiology.ca" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://screeningforlife.ca/breast/screen-test-mobile-clinics" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thexrayclinic.ca" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shiftimaging.ca/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aspenimaging.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.screeningforlife.ca/screentest" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fds.health" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beamradiology.com" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rosscreekxray.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saddletownradiology.ca" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcentre.ca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peacediagnosticimaging.com" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicineplace.ca" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.devonxray.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://screeningforlife.ca/breast/screen-test-mobile-clinics" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raydius.ca/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saddletownradiology.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.screeningforlife.ca/screentest" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shiftimaging.ca/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bgsaradiology.ca" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thexrayclinic.ca" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aspenimaging.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rosscreekxray.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peacediagnosticimaging.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fds.health" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beamradiology.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicineplace.ca" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcentre.ca" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nicolemerrifield\OneDrive%20-%20Alberta%20Health%20Services\Primary%20Care%20Alberta%20-%20Brand%20Assets\25-01-20%20Primary%20Care%20Alberta%20Brand%20Package\Branded%20Assets\Letterhead%20Template\PC-Letterhead-Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Primary Care Alberta">
       <a:dk1>
         <a:srgbClr val="002C4E"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="00717C"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="C7EAFB"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="00B6ED"/>
       </a:accent1>
@@ -23060,142 +23028,142 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-</file>
-[...3 lines deleted...]
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A959914-046F-4E52-B14D-26BA1B837E84}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="571b7cde-51af-4fb1-a8a8-1f553d53dd8f"/>
     <ds:schemaRef ds:uri="af07a461-6be4-4bb0-ad99-920ac9d3eeab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56EADABF-AF2F-4292-8634-E33398C22655}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9289EA35-35D4-4DB5-8532-66017633BA4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5b034dee-6de8-46f2-97a0-653d731df510"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="68bf1d46-87f8-449e-b988-b03b97b4704d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17E084BD-7850-4C53-804D-FA82315F5274}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PC-Letterhead-Template.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2414</Words>
-  <Characters>13763</Characters>
+  <Words>2330</Words>
+  <Characters>13844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>114</Lines>
-  <Paragraphs>32</Paragraphs>
+  <Lines>922</Lines>
+  <Paragraphs>951</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>AHS Letterhead Template with bridgeline</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Alberta Health Services</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16145</CharactersWithSpaces>
+  <CharactersWithSpaces>15223</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Primary Care Alberta Letterhead Template</dc:title>
   <dc:subject/>
   <dc:creator>Primary Care Alberta</dc:creator>
   <cp:keywords>Letterhead, template, bridgeline</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000233C6A735978D47BF05FC610E49E6E3</vt:lpwstr>