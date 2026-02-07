--- v1 (2025-12-11)
+++ v2 (2026-02-07)
@@ -16047,598 +16047,235 @@
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.mypureform.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3729F7CC" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4826BB0E" w14:textId="77777777" w:rsidTr="00566D19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...19 lines deleted...]
-              <w:t>Radiology Associates – Chestermere</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D0D0D9" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saddletown</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Radiology</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...20 lines deleted...]
-              <w:t>103, 300 Merganser Drive West</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E8D797" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">914 </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Saddletowne</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Circle NE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">Chestermere </w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A3B5FE" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Calgary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...20 lines deleted...]
-              <w:t>T1X 1L6</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38898799" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T3J 0H5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...20 lines deleted...]
-              <w:t>403 – 900 – 1122</w:t>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F23C683" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">587 – 623 – 6650 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...7 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A833F77" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
-              <w:r w:rsidRPr="00593493">
-[...387 lines deleted...]
-            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.saddletownradiology.ca</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="3182FC4F" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:gridAfter w:val="1"/>
@@ -16855,51 +16492,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 675 – 1168</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="116A7916" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.aspenimaging.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="737FD6FD" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6031E031" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
@@ -17028,171 +16665,149 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 639 – 0900</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="69155C39" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.cgami.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="2FC4D077" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A67916A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Prairie Regional Hospital</w:t>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Grande Prairie Regional Hospital</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="42423965" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>11205 – 110 Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="01A09FC7" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> Prairie</w:t>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Grande Prairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0A1E3EBB" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -17221,963 +16836,941 @@
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 538 – 7682</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
           <w:p w14:paraId="0E74BEB5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>www.albertahealthservices.ca</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="49C17C72" w14:textId="77777777" w:rsidTr="00593493">
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C7E2D3D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Insight Medical Imaging – Fort McMurray</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F9A45FD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>1, 606 Signal Road</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7BEA07" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fort McMurray</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18CDF6C5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T9H 4Z4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3080B072" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 791 – 1992</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53FDC6D3" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r w:rsidRPr="00593493">
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0563C1"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                </w:rPr>
+                <w:t>x-ray.ca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6B5F6235" w14:textId="77777777" w:rsidTr="00593493">
+        <w:trPr>
+          <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+            <w:tcW w:w="4590" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ECFFB8E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Northern Lights Regional Health Centre, Radiology Dept.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2966" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF23DC5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>7 Hospital Street</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1624" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0738777A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Fort McMurray</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4C2CAF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">T9H 1P2 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1532" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="315AF33E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 714 – 5610</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2867" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="093257CF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.albertahealthservices.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="49C17C72" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6F3BE291" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2C7E2D3D" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...16 lines deleted...]
-              <w:t>Insight Medical Imaging – Fort McMurray</w:t>
+          <w:p w14:paraId="45478C6E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peace Diagnostic Imaging – Mammography</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9A45FD" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>1, 606 Signal Road</w:t>
+          <w:p w14:paraId="64E3377E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>108, 9815 – 97 Street</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C7BEA07" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>Fort McMurray</w:t>
+          <w:p w14:paraId="7BD4CD50" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Grande Prairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18CDF6C5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>T9H 4Z4</w:t>
+          <w:p w14:paraId="2DD56F86" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">T8V 8B9 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3080B072" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>780 – 791 – 1992</w:t>
+          <w:p w14:paraId="70242C16" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 532 – 5648</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-            <w:vAlign w:val="bottom"/>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BC41FA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
-                  <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                  <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
-                <w:t>x-ray.ca</w:t>
+                <w:t>www.peacediagnosticimaging.com</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
-                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6B5F6235" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="096E608B" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ECFFB8E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...16 lines deleted...]
-              <w:t>Northern Lights Regional Health Centre, Radiology Dept.</w:t>
+          <w:p w14:paraId="676FD134" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peace River Community Health Centre</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2BF23DC5" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>7 Hospital Street</w:t>
+          <w:p w14:paraId="47B9B3E6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Box 400, 10101 – 68 Street </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0738777A" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>Fort McMurray</w:t>
+          <w:p w14:paraId="3A3749A2" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Peace River</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4C2CAF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">T9H 1P2 </w:t>
+          <w:p w14:paraId="7610A5D6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">T8S 1T6 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="315AF33E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>780 – 714 – 5610</w:t>
+          <w:p w14:paraId="77B708B6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>780 – 624 – 7518</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="093257CF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+          <w:p w14:paraId="43D625A1" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.albertahealthservices.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="6F3BE291" w14:textId="77777777" w:rsidTr="00593493">
+      <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="1852621D" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45478C6E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...16 lines deleted...]
-              <w:t>Peace Diagnostic Imaging – Mammography</w:t>
+          <w:p w14:paraId="6A7A59CF" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Shift Imaging</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64E3377E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>108, 9815 – 97 Street</w:t>
+          <w:p w14:paraId="72D44592" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Unit 103, 10514 – 67 Avenue</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1624" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7BD4CD50" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> Prairie</w:t>
+          <w:p w14:paraId="547DD70B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Grande Prairie</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1258" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DD56F86" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t xml:space="preserve">T8V 8B9 </w:t>
+          <w:p w14:paraId="7AAF9523" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>T8W 0K8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1532" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="70242C16" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...17 lines deleted...]
-              <w:t>780 – 532 – 5648</w:t>
+          <w:p w14:paraId="3CF95F3E" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>587 – 495 - 9817</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36BC41FA" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
-[...5 lines deleted...]
-                <w:color w:val="000000"/>
+          <w:p w14:paraId="45C7AD5B" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId101" w:history="1">
-              <w:r w:rsidRPr="00593493">
-[...366 lines deleted...]
-            <w:hyperlink r:id="rId103" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>shiftimaging.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="139F4A2D" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B8AB526" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
@@ -18452,51 +18045,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 343 – 6172</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="714E2705" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.camiscare.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4959087C" w14:textId="77777777" w:rsidTr="00566D19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="78BF642D" w14:textId="058429C7" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
@@ -18607,51 +18200,51 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">403 – 755 – 8060 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="3B2303E4" w14:textId="2A91F5B1" w:rsidR="004B6471" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.camiscare.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="4487F772" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3C9FA5F6" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
@@ -18777,51 +18370,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>780 – 875 – 4600</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="594B9B0C" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.guardianradiology.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="7E184B47" w14:textId="77777777" w:rsidTr="00566D19">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2F2CB352" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
@@ -18938,51 +18531,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">780 – 672 – 8220 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2867" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="4840EEDC" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.guardianradiology.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004B6471" w:rsidRPr="00593493" w14:paraId="5CDA3FB1" w14:textId="77777777" w:rsidTr="00566D19">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="050CEF70" w14:textId="77777777" w:rsidR="004B6471" w:rsidRPr="00593493" w:rsidRDefault="004B6471" w:rsidP="004B6471">
             <w:pPr>
@@ -19297,51 +18890,51 @@
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 527 – 7334</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7460EA6D" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="100000000000" w:firstRow="1" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.bgsaradiology.ca</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="6AE908D4" w14:textId="77777777" w:rsidTr="00593493">
         <w:trPr>
           <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
@@ -19474,99 +19067,99 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">403 – 983 – 9998 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E69C64A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000100000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="1" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>www.fds.health</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00593493" w:rsidRPr="00593493" w14:paraId="052A2B6E" w14:textId="77777777" w:rsidTr="00593493">
         <w:tc>
           <w:tcPr>
             <w:cnfStyle w:val="001000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
             <w:tcW w:w="4590" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0904A847" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
-[...16 lines deleted...]
-              <w:t xml:space="preserve">Radiology Associates – Lethbridge  </w:t>
+          <w:p w14:paraId="0904A847" w14:textId="05C56B39" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00593493">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Radiology Associates  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2966" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12B857A1" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00593493">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
@@ -19654,225 +19247,51 @@
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t>403 – 328 – 1122</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2854" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76390964" w14:textId="26F3B8EE" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:cnfStyle w:val="000000000000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:oddVBand="0" w:evenVBand="0" w:oddHBand="0" w:evenHBand="0" w:firstRowFirstColumn="0" w:firstRowLastColumn="0" w:lastRowFirstColumn="0" w:lastRowLastColumn="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...173 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r w:rsidRPr="00593493">
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0563C1"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                 </w:rPr>
                 <w:t>radiologyassociatesinc.com</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0223EC9A" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="373873D6" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
@@ -19884,55 +19303,55 @@
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0BC0B2D0" w14:textId="77777777" w:rsidR="00593493" w:rsidRPr="00593493" w:rsidRDefault="00593493" w:rsidP="00593493">
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4416B2CE" w14:textId="7B8C6741" w:rsidR="00252E98" w:rsidRPr="00EA0764" w:rsidRDefault="00651298" w:rsidP="00651298">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="13389"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00252E98" w:rsidRPr="00EA0764" w:rsidSect="00593493">
-      <w:headerReference w:type="default" r:id="rId112"/>
-[...3 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId116"/>
+      <w:headerReference w:type="default" r:id="rId109"/>
+      <w:footerReference w:type="even" r:id="rId110"/>
+      <w:footerReference w:type="default" r:id="rId111"/>
+      <w:headerReference w:type="first" r:id="rId112"/>
+      <w:footerReference w:type="first" r:id="rId113"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="1134" w:footer="737" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="27436B80" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="233D046A" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -20083,108 +19502,115 @@
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="503EEE28" w14:textId="77777777" w:rsidR="00B1098B" w:rsidRDefault="00B1098B" w:rsidP="00DD7C0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="04DB2125" w14:textId="1EE221F7" w:rsidR="00DA1480" w:rsidRPr="00D4329A" w:rsidRDefault="00DA1480" w:rsidP="00DA1480">
+  <w:p w14:paraId="04DB2125" w14:textId="75EF3540" w:rsidR="00DA1480" w:rsidRPr="00D4329A" w:rsidRDefault="00DA1480" w:rsidP="00DA1480">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:left="-360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">For the most up-to-date information and to map your location to the nearest clinic, visit www.screeningforlife.ca and click on “Where to Get </w:t>
     </w:r>
     <w:r w:rsidR="00C71514" w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Screened”  </w:t>
     </w:r>
     <w:r w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="00D4329A">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
+    <w:r w:rsidR="00E97BD2">
+      <w:rPr>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>6</w:t>
+    </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>5 v</w:t>
+      <w:t xml:space="preserve"> v</w:t>
     </w:r>
-    <w:r w:rsidR="007A4041">
+    <w:r w:rsidR="00E97BD2">
       <w:rPr>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>6</w:t>
+      <w:t>1</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="7BA65A21" w14:textId="2747B442" w:rsidR="006C251A" w:rsidRPr="00DD7C0A" w:rsidRDefault="006C251A" w:rsidP="00DD7C0A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="right" w:pos="9923"/>
       </w:tabs>
       <w:ind w:right="49"/>
     </w:pPr>
     <w:r w:rsidRPr="00DD7C0A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251676672" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="67746011" wp14:editId="7696488F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
@@ -20298,51 +19724,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="6E9CCEC6" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="0DC7A839" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="Straight Arrow Connector 394216980" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidRPr="00DD7C0A">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="633E60A5" wp14:editId="6B0E8E61">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="1926841177" name="Picture 1926841177" descr="N:\Publications\APPLE Magazine\AHS branding\Logos\Top 100\ct2018_english.png"/>
@@ -20453,51 +19879,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="38706F36" id="Straight Arrow Connector 1999628581" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
+            <v:shape w14:anchorId="02EFAC7C" id="Straight Arrow Connector 1999628581" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64706B55" w14:textId="77777777" w:rsidR="00D3517E" w:rsidRDefault="00F81255" w:rsidP="006C251A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251678720" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="79CF1D26" wp14:editId="199E24FB">
               <wp:simplePos x="0" y="0"/>
@@ -20534,51 +19960,51 @@
                       <a:lnRef idx="1">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="tx1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="4B3A3AF3" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-.15pt,8.5pt" to="510.1pt,8.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+ir2RtAEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v4yAQva/U/4C4b3CiVVVZcXpo1V6q&#10;3Wo/fgDBQ4wEDAI2dv79DiRxqm2lqqv1YWxg3ps3j/H6dnKW7SEmg77jy0XDGXiFvfG7jv/6+fD5&#10;hrOUpe+lRQ8dP0Dit5urT+sxtLDCAW0PkRGJT+0YOj7kHFohkhrAybTAAJ4ONUYnMy3jTvRRjsTu&#10;rFg1zbUYMfYhooKUaPf+eMg3lV9rUPmb1gkysx0nbbnGWOO2RLFZy3YXZRiMOsmQ/6DCSeOp6Ex1&#10;L7Nkv6N5ReWMiphQ54VCJ1Bro6D2QN0sm7+6+THIALUXMieF2ab0/2jV1/2df45kwxhSm8JzLF1M&#10;OrryJn1sqmYdZrNgykzR5vWXm4YeztT5TFyAIab8COhY+ei4Nb70IVu5f0qZilHqOaVsW19iQmv6&#10;B2NtXZQJgDsb2V7S3W13q3JXhHuRRauCFBfp9SsfLBxZv4Nmpiexy1q9TtWFUyoFPi9PvNZTdoFp&#10;UjADm/eBp/wChTpxHwHPiFoZfZ7BzniMb1XP01myPuafHTj2XSzYYn+ol1qtodGpzp3GvMzmy3WF&#10;X37GzR8AAAD//wMAUEsDBBQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TE89T8MwEN2R+A/WIbG1NgEVFOJUCNGNhVIkRjc+4qj2OcRukv57rmKA8d7XvVet5+DFiEPqImm4&#10;WSoQSE20HbUadu+bxQOIlA1Z4yOhhhMmWNeXF5UpbZzoDcdtbgWHUCqNBpdzX0qZGofBpGXskZj7&#10;ikMwmc+hlXYwE4cHLwulVjKYjviDMz0+O2wO22PgGqP7zPmuUC8r2py+P7x8PUxS6+ur+ekRRMY5&#10;/4nhXJ89UHOnfTySTcJrWNyykOF7XnSmVaEKEPtfRNaV/D+g/gEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA+ir2RtAEAANQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="#c7eafb [3214]" strokeweight=".5pt">
+            <v:line w14:anchorId="77EC6B5F" id="Straight Connector 4" o:spid="_x0000_s1026" style="position:absolute;z-index:251678720;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-width-relative:margin" from="-.15pt,8.5pt" to="510.1pt,8.5pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+ir2RtAEAANQDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v4yAQva/U/4C4b3CiVVVZcXpo1V6q&#10;3Wo/fgDBQ4wEDAI2dv79DiRxqm2lqqv1YWxg3ps3j/H6dnKW7SEmg77jy0XDGXiFvfG7jv/6+fD5&#10;hrOUpe+lRQ8dP0Dit5urT+sxtLDCAW0PkRGJT+0YOj7kHFohkhrAybTAAJ4ONUYnMy3jTvRRjsTu&#10;rFg1zbUYMfYhooKUaPf+eMg3lV9rUPmb1gkysx0nbbnGWOO2RLFZy3YXZRiMOsmQ/6DCSeOp6Ex1&#10;L7Nkv6N5ReWMiphQ54VCJ1Bro6D2QN0sm7+6+THIALUXMieF2ab0/2jV1/2df45kwxhSm8JzLF1M&#10;OrryJn1sqmYdZrNgykzR5vWXm4YeztT5TFyAIab8COhY+ei4Nb70IVu5f0qZilHqOaVsW19iQmv6&#10;B2NtXZQJgDsb2V7S3W13q3JXhHuRRauCFBfp9SsfLBxZv4Nmpiexy1q9TtWFUyoFPi9PvNZTdoFp&#10;UjADm/eBp/wChTpxHwHPiFoZfZ7BzniMb1XP01myPuafHTj2XSzYYn+ol1qtodGpzp3GvMzmy3WF&#10;X37GzR8AAAD//wMAUEsDBBQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1s&#10;TE89T8MwEN2R+A/WIbG1NgEVFOJUCNGNhVIkRjc+4qj2OcRukv57rmKA8d7XvVet5+DFiEPqImm4&#10;WSoQSE20HbUadu+bxQOIlA1Z4yOhhhMmWNeXF5UpbZzoDcdtbgWHUCqNBpdzX0qZGofBpGXskZj7&#10;ikMwmc+hlXYwE4cHLwulVjKYjviDMz0+O2wO22PgGqP7zPmuUC8r2py+P7x8PUxS6+ur+ekRRMY5&#10;/4nhXJ89UHOnfTySTcJrWNyykOF7XnSmVaEKEPtfRNaV/D+g/gEAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQA+ir2RtAEAANQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQB1ZEki1wAAAAgBAAAPAAAAAAAAAAAAAAAAAA4EAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAEgUAAAAA&#10;" strokecolor="#c7eafb [3214]" strokeweight=".5pt">
               <v:stroke joinstyle="miter"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00401824">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62FD737E" wp14:editId="30449F76">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="641789491" name="Picture 641789491" descr="N:\Publications\APPLE Magazine\AHS branding\Logos\Top 100\ct2018_english.png"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -20687,51 +20113,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype w14:anchorId="27EF96CD" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+            <v:shapetype w14:anchorId="2D4CDEE0" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
               <v:path arrowok="t" fillok="f" o:connecttype="none"/>
               <o:lock v:ext="edit" shapetype="t"/>
             </v:shapetype>
             <v:shape id="Straight Arrow Connector 14" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251668480;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00401824">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="46BA0EBB" wp14:editId="6AD400EF">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>3714115</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>4858385</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="344170" cy="341630"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:wrapNone/>
           <wp:docPr id="804780427" name="Picture 804780427" descr="N:\Publications\APPLE Magazine\AHS branding\Logos\Top 100\ct2018_english.png"/>
@@ -20842,51 +20268,51 @@
                           <a14:hiddenEffects xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:effectLst>
                               <a:outerShdw dist="35921" dir="2700000" algn="ctr" rotWithShape="0">
                                 <a:srgbClr val="808080"/>
                               </a:outerShdw>
                             </a:effectLst>
                           </a14:hiddenEffects>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shape w14:anchorId="2BED4D16" id="Straight Arrow Connector 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
+            <v:shape w14:anchorId="5F6946EE" id="Straight Arrow Connector 12" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:284.5pt;margin-top:382.95pt;width:0;height:26.6pt;z-index:251666432;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHDmeD6gEAAM4DAAAOAAAAZHJzL2Uyb0RvYy54bWysU8uOGyEQvEfKPyDu8Xi8Wns18ngPdjaX&#10;TWJpNx/QBmYGBWgE2GP/fRr82DwuUZQL4tFdXV1dLB+P1rCDClGja3k9mXKmnECpXd/yb69PHx44&#10;iwmcBINOtfykIn9cvX+3HH2jZjigkSowAnGxGX3Lh5R8U1VRDMpCnKBXjh47DBYSHUNfyQAjoVtT&#10;zabTeTVikD6gUDHS7eb8yFcFv+uUSF+7LqrETMuJWyprKOsur9VqCU0fwA9aXGjAP7CwoB0VvUFt&#10;IAHbB/0HlNUiYMQuTQTaCrtOC1V6oG7q6W/dvAzgVemFxIn+JlP8f7Diy2HttiFTF0f34p9RfI/M&#10;4XoA16tC4PXkaXB1lqoafWxuKfkQ/Taw3fgZJcXAPmFR4dgFmyGpP3YsYp9uYqtjYuJ8Kej27m7x&#10;MCtzqKC55vkQ0yeFluVNy2MKoPshrdE5miiGulSBw3NMmRU014Rc1OGTNqYM1jg2Uol6cc+ZALJX&#10;ZyDR1npJqK4vMBGNljklJ8fQ79YmsAOQYe7X8/niyu2XsFxvA3E4x5Wns5UC7p0stQcF8qOTLBX5&#10;HLmfZzJWSc6Mos+SdyUygTZ/E0l9GpdJqmLsS/PXKWTLx2aH8rQNWZR8ItMUeS4Gz678+Vyi3r7h&#10;6gcAAAD//wMAUEsDBBQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/B&#10;TsMwEETvSPyDtUjcqGOqhiZkUyGkUiFxobSH3tx4m0TE6yh22vD3GHGA4+yMZt8Uq8l24kyDbx0j&#10;qFkCgrhypuUaYfexvluC8EGz0Z1jQvgiD6vy+qrQuXEXfqfzNtQilrDPNUITQp9L6auGrPYz1xNH&#10;7+QGq0OUQy3NoC+x3HbyPklSaXXL8UOje3puqPrcjhZhvk9fX8a5P4TTRqn9uPap2rwh3t5MT48g&#10;Ak3hLww/+BEdysh0dCMbLzqERZrFLQHhIV1kIGLi93JEWKpMgSwL+X9D+Q0AAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQCHDmeD6gEAAM4DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQAulvMR4AAAAAsBAAAPAAAAAAAAAAAAAAAAAEQEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAUQUAAAAA&#10;" strokecolor="#5c6670" strokeweight=".25pt"/>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="473010A0" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="408D9F99" w14:textId="77777777" w:rsidR="00A707BB" w:rsidRDefault="00A707BB" w:rsidP="00BB0149">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
@@ -21305,149 +20731,153 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="675621555">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="82"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00980847"/>
     <w:rsid w:val="000255B8"/>
     <w:rsid w:val="00027B09"/>
     <w:rsid w:val="00027E1B"/>
     <w:rsid w:val="0003632D"/>
     <w:rsid w:val="00045948"/>
     <w:rsid w:val="000533B1"/>
     <w:rsid w:val="000630D0"/>
     <w:rsid w:val="00094F11"/>
     <w:rsid w:val="00096011"/>
     <w:rsid w:val="000B439A"/>
     <w:rsid w:val="000B58E8"/>
     <w:rsid w:val="000C2AF9"/>
     <w:rsid w:val="000C7103"/>
+    <w:rsid w:val="000E07BE"/>
     <w:rsid w:val="001202FF"/>
     <w:rsid w:val="0012563B"/>
     <w:rsid w:val="0013206C"/>
     <w:rsid w:val="00166872"/>
     <w:rsid w:val="00173FCC"/>
     <w:rsid w:val="001A0745"/>
     <w:rsid w:val="001C0CFE"/>
     <w:rsid w:val="001C727E"/>
     <w:rsid w:val="001D6DC4"/>
     <w:rsid w:val="00207517"/>
     <w:rsid w:val="00252E98"/>
     <w:rsid w:val="00255F4C"/>
     <w:rsid w:val="00256430"/>
     <w:rsid w:val="00273308"/>
     <w:rsid w:val="002D0EB7"/>
     <w:rsid w:val="002F4AFC"/>
     <w:rsid w:val="00302FE9"/>
     <w:rsid w:val="00310D50"/>
     <w:rsid w:val="0032272A"/>
     <w:rsid w:val="00342D2B"/>
     <w:rsid w:val="003460D6"/>
     <w:rsid w:val="003521C4"/>
     <w:rsid w:val="003837AB"/>
     <w:rsid w:val="003C6B8C"/>
     <w:rsid w:val="00401824"/>
     <w:rsid w:val="00405D42"/>
     <w:rsid w:val="00432069"/>
     <w:rsid w:val="00464AAE"/>
     <w:rsid w:val="004716BF"/>
     <w:rsid w:val="00480293"/>
     <w:rsid w:val="00481A1B"/>
     <w:rsid w:val="004828A6"/>
     <w:rsid w:val="004B6471"/>
+    <w:rsid w:val="004E1FC4"/>
     <w:rsid w:val="004E7043"/>
     <w:rsid w:val="004F2B6E"/>
     <w:rsid w:val="00504D7B"/>
     <w:rsid w:val="00531285"/>
     <w:rsid w:val="00541D15"/>
     <w:rsid w:val="00562690"/>
     <w:rsid w:val="00567981"/>
     <w:rsid w:val="005913D0"/>
     <w:rsid w:val="00593493"/>
     <w:rsid w:val="00593C36"/>
     <w:rsid w:val="005D2637"/>
     <w:rsid w:val="005F2CE0"/>
+    <w:rsid w:val="00601F2C"/>
     <w:rsid w:val="00620A90"/>
     <w:rsid w:val="00637501"/>
     <w:rsid w:val="00651298"/>
     <w:rsid w:val="00655C7D"/>
     <w:rsid w:val="0067627B"/>
     <w:rsid w:val="0068010D"/>
     <w:rsid w:val="00680EAE"/>
     <w:rsid w:val="00686A68"/>
     <w:rsid w:val="006A33D6"/>
     <w:rsid w:val="006A35E4"/>
     <w:rsid w:val="006B2D71"/>
     <w:rsid w:val="006C251A"/>
     <w:rsid w:val="006C631D"/>
     <w:rsid w:val="006D2CA1"/>
+    <w:rsid w:val="006D3907"/>
     <w:rsid w:val="007064F9"/>
     <w:rsid w:val="0071305F"/>
     <w:rsid w:val="00717A21"/>
     <w:rsid w:val="00717D70"/>
     <w:rsid w:val="00734128"/>
     <w:rsid w:val="00753455"/>
     <w:rsid w:val="00754C34"/>
     <w:rsid w:val="007555A7"/>
     <w:rsid w:val="00756D7E"/>
     <w:rsid w:val="00787AF4"/>
     <w:rsid w:val="007A4041"/>
     <w:rsid w:val="007E09D1"/>
     <w:rsid w:val="00801EA0"/>
     <w:rsid w:val="0080712F"/>
     <w:rsid w:val="00817BF0"/>
     <w:rsid w:val="008655BD"/>
     <w:rsid w:val="0088558F"/>
     <w:rsid w:val="008A18D4"/>
     <w:rsid w:val="008B0C14"/>
     <w:rsid w:val="008B0D46"/>
     <w:rsid w:val="00945C56"/>
     <w:rsid w:val="0096330B"/>
     <w:rsid w:val="00974388"/>
     <w:rsid w:val="00980847"/>
     <w:rsid w:val="00982A26"/>
@@ -21455,74 +20885,77 @@
     <w:rsid w:val="009D69CD"/>
     <w:rsid w:val="009E54DC"/>
     <w:rsid w:val="009E6C68"/>
     <w:rsid w:val="009F3AEF"/>
     <w:rsid w:val="00A01604"/>
     <w:rsid w:val="00A04112"/>
     <w:rsid w:val="00A51CD9"/>
     <w:rsid w:val="00A5747D"/>
     <w:rsid w:val="00A6328B"/>
     <w:rsid w:val="00A707BB"/>
     <w:rsid w:val="00A75CDE"/>
     <w:rsid w:val="00A86227"/>
     <w:rsid w:val="00AF366F"/>
     <w:rsid w:val="00AF6D95"/>
     <w:rsid w:val="00B001F5"/>
     <w:rsid w:val="00B1098B"/>
     <w:rsid w:val="00B11438"/>
     <w:rsid w:val="00B4685E"/>
     <w:rsid w:val="00B950A8"/>
     <w:rsid w:val="00BB0149"/>
     <w:rsid w:val="00BC0FF6"/>
     <w:rsid w:val="00BF0F6A"/>
     <w:rsid w:val="00C30854"/>
     <w:rsid w:val="00C71514"/>
     <w:rsid w:val="00C854A2"/>
+    <w:rsid w:val="00CE2407"/>
     <w:rsid w:val="00CF39BF"/>
     <w:rsid w:val="00D10BEC"/>
     <w:rsid w:val="00D127F5"/>
     <w:rsid w:val="00D164FC"/>
     <w:rsid w:val="00D305B2"/>
     <w:rsid w:val="00D3517E"/>
     <w:rsid w:val="00D37B12"/>
     <w:rsid w:val="00D64494"/>
     <w:rsid w:val="00D83F19"/>
     <w:rsid w:val="00DA09F8"/>
     <w:rsid w:val="00DA1480"/>
     <w:rsid w:val="00DC7126"/>
     <w:rsid w:val="00DD7C0A"/>
     <w:rsid w:val="00DF0783"/>
     <w:rsid w:val="00DF0A18"/>
     <w:rsid w:val="00E17419"/>
     <w:rsid w:val="00E225F9"/>
     <w:rsid w:val="00E31421"/>
     <w:rsid w:val="00E8051E"/>
+    <w:rsid w:val="00E97BD2"/>
     <w:rsid w:val="00EA0764"/>
     <w:rsid w:val="00EA5C97"/>
     <w:rsid w:val="00EA641A"/>
     <w:rsid w:val="00EC4389"/>
     <w:rsid w:val="00ED7C05"/>
+    <w:rsid w:val="00EF1ABF"/>
     <w:rsid w:val="00F30C62"/>
     <w:rsid w:val="00F406F7"/>
     <w:rsid w:val="00F455A2"/>
     <w:rsid w:val="00F53C26"/>
     <w:rsid w:val="00F559C2"/>
     <w:rsid w:val="00F81255"/>
     <w:rsid w:val="00F9118A"/>
     <w:rsid w:val="00F91243"/>
     <w:rsid w:val="00F94C04"/>
     <w:rsid w:val="00F97863"/>
     <w:rsid w:val="00FB6B52"/>
     <w:rsid w:val="00FF4A72"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -22550,51 +21983,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.devonxray.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://screeningforlife.ca/breast/screen-test-mobile-clinics" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raydius.ca/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saddletownradiology.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.screeningforlife.ca/screentest" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shiftimaging.ca/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bgsaradiology.ca" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thexrayclinic.ca" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aspenimaging.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rosscreekxray.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peacediagnosticimaging.com" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fds.health" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beamradiology.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicineplace.ca" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcentre.ca" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.devonxray.com" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fds.health" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://screeningforlife.ca/breast/screen-test-mobile-clinics" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://raydius.ca/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.screeningforlife.ca/screentest" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.camiscare.ca" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://radiologyassociatesinc.com/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.thexrayclinic.ca" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bgsaradiology.ca" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rosscreekxray.com" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aspenimaging.ca" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.peacediagnosticimaging.com" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shiftimaging.ca/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.beamradiology.com" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mypureform.com" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://x-ray.ca/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cgami.ca" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.guardianradiology.com" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.medicineplace.ca" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efwrad.com" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.saddletownradiology.ca" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.albertahealthservices.ca" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.glenwoodradiology.com" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.crcentre.ca" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.mic.ca" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.canadadiagnostics.ca" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.radiology.ca" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\nicolemerrifield\OneDrive%20-%20Alberta%20Health%20Services\Primary%20Care%20Alberta%20-%20Brand%20Assets\25-01-20%20Primary%20Care%20Alberta%20Brand%20Package\Branded%20Assets\Letterhead%20Template\PC-Letterhead-Template.dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -22851,52 +22284,52 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000233C6A735978D47BF05FC610E49E6E3" ma:contentTypeVersion="27" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="ae2915f7ac5c52bc39d4af21541aa095">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="571b7cde-51af-4fb1-a8a8-1f553d53dd8f" xmlns:ns3="af07a461-6be4-4bb0-ad99-920ac9d3eeab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="79512cb72228c501a2d6752ee0411caf" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101000233C6A735978D47BF05FC610E49E6E3" ma:contentTypeVersion="27" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5d7f51ca8cec6ebb941fc0f8ef28428f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="571b7cde-51af-4fb1-a8a8-1f553d53dd8f" xmlns:ns3="af07a461-6be4-4bb0-ad99-920ac9d3eeab" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="ec9b2787176f8590d68c85101088fddd" ns2:_="" ns3:_="">
     <xsd:import namespace="571b7cde-51af-4fb1-a8a8-1f553d53dd8f"/>
     <xsd:import namespace="af07a461-6be4-4bb0-ad99-920ac9d3eeab"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="571b7cde-51af-4fb1-a8a8-1f553d53dd8f" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="4" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
@@ -23028,142 +22461,142 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...3 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement/>
 </p:properties>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9A959914-046F-4E52-B14D-26BA1B837E84}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17C20ED7-E3E6-478F-AB47-EEBDA23D294F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="571b7cde-51af-4fb1-a8a8-1f553d53dd8f"/>
     <ds:schemaRef ds:uri="af07a461-6be4-4bb0-ad99-920ac9d3eeab"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56EADABF-AF2F-4292-8634-E33398C22655}">
-[...6 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9289EA35-35D4-4DB5-8532-66017633BA4C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="5b034dee-6de8-46f2-97a0-653d731df510"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="68bf1d46-87f8-449e-b988-b03b97b4704d"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{17E084BD-7850-4C53-804D-FA82315F5274}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{56EADABF-AF2F-4292-8634-E33398C22655}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>PC-Letterhead-Template.dotx</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>2330</Words>
-  <Characters>13844</Characters>
+  <Words>2252</Words>
+  <Characters>13379</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>922</Lines>
-  <Paragraphs>951</Paragraphs>
+  <Lines>891</Lines>
+  <Paragraphs>919</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>AHS Letterhead Template with bridgeline</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Alberta Health Services</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15223</CharactersWithSpaces>
+  <CharactersWithSpaces>14712</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Primary Care Alberta Letterhead Template</dc:title>
   <dc:subject/>
   <dc:creator>Primary Care Alberta</dc:creator>
   <cp:keywords>Letterhead, template, bridgeline</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101000233C6A735978D47BF05FC610E49E6E3</vt:lpwstr>